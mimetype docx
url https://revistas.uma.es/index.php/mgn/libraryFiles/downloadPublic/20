--- v0 (2025-12-06)
+++ v1 (2026-02-28)
@@ -120,104 +120,96 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A443F" w:rsidRPr="00F47061" w14:paraId="65DD2C29" w14:textId="77777777" w:rsidTr="002A443F">
         <w:trPr>
           <w:trHeight w:val="738"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11906" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EB7613"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9AA904" w14:textId="77777777" w:rsidR="002A443F" w:rsidRDefault="002A443F" w:rsidP="002A443F">
+          <w:p w14:paraId="2A9AA904" w14:textId="2D6C7A71" w:rsidR="002A443F" w:rsidRDefault="00363B56" w:rsidP="002A443F">
             <w:pPr>
               <w:pStyle w:val="SECCIN"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>EXPERIENCIAS</w:t>
+              <w:t>Sección</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A52D1DA" w14:textId="0BCA3596" w:rsidR="002A443F" w:rsidRPr="00BE1FFC" w:rsidRDefault="00BE1FFC" w:rsidP="002A443F">
             <w:pPr>
               <w:pStyle w:val="TtCap"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estilo: Tít. Capítulo. </w:t>
             </w:r>
             <w:r w:rsidR="002A443F">
               <w:t xml:space="preserve">Acompañamiento en el espacio de la práctica </w:t>
             </w:r>
             <w:r w:rsidR="00B74EC5">
               <w:t>Preprofesional</w:t>
             </w:r>
             <w:r w:rsidR="002A443F">
               <w:t xml:space="preserve"> de la formación de magisterio y educación física de Uruguay. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2649520B" w14:textId="1371B219" w:rsidR="002A443F" w:rsidRPr="002A443F" w:rsidRDefault="00BE1FFC" w:rsidP="002A443F">
             <w:pPr>
               <w:pStyle w:val="Ttulosegundoidioma"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Estilo</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Estilo: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Segundo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>idioma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -1729,87 +1721,75 @@
         <w:t>1.2. Subapartado</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C55A65" w14:textId="440D21B2" w:rsidR="0015066B" w:rsidRPr="00A5236A" w:rsidRDefault="0015066B" w:rsidP="00607EE3">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A5236A">
         <w:rPr>
           <w:smallCaps/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A5236A">
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk68449564"/>
       <w:r w:rsidRPr="00A5236A">
         <w:t xml:space="preserve">Subapartado </w:t>
       </w:r>
       <w:r w:rsidR="009C0DFA" w:rsidRPr="00A5236A">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BE1FFC">
-        <w:t xml:space="preserve">Título </w:t>
-[...8 lines deleted...]
-        <w:t>T</w:t>
+        <w:t>Título 3. T</w:t>
       </w:r>
       <w:r w:rsidR="009C0DFA" w:rsidRPr="00A5236A">
         <w:t>ercer nivel)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7ACFBC52" w14:textId="7361A67B" w:rsidR="0015066B" w:rsidRDefault="009B77F3" w:rsidP="00C45F7D">
       <w:r>
-        <w:t xml:space="preserve">Cuando trabaje en una tabla, haga clic donde desee agregar una fila o columna y, a continuación, haga clic en el signo más. La lectura es más fácil, también, en la nueva vista de lectura. Puede contraer </w:t>
-[...3 lines deleted...]
-        <w:t>partes del documento y centrarse en el texto que desee. Si necesita detener la lectura antes de llegar al final, Word le recordará dónde dejó la lectura, incluso en otros dispositivos</w:t>
+        <w:t>Cuando trabaje en una tabla, haga clic donde desee agregar una fila o columna y, a continuación, haga clic en el signo más. La lectura es más fácil, también, en la nueva vista de lectura. Puede contraer partes del documento y centrarse en el texto que desee. Si necesita detener la lectura antes de llegar al final, Word le recordará dónde dejó la lectura, incluso en otros dispositivos</w:t>
       </w:r>
       <w:r w:rsidR="0015066B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="614D595C" w14:textId="6EDEC10C" w:rsidR="009C0DFA" w:rsidRPr="009C0DFA" w:rsidRDefault="0015066B" w:rsidP="009C0DFA">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
       </w:pPr>
       <w:r w:rsidRPr="0015066B">
         <w:rPr>
           <w:smallCaps/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2.2.1. </w:t>
       </w:r>
       <w:r w:rsidR="009C0DFA" w:rsidRPr="00CD187A">
         <w:t>Subapartado (</w:t>
       </w:r>
       <w:r w:rsidR="002555EC">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="009C0DFA" w:rsidRPr="00CD187A">
         <w:t>uarto nivel)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749AD144" w14:textId="6F69FDCE" w:rsidR="0015066B" w:rsidRDefault="0015066B" w:rsidP="009B77F3">
       <w:r>
         <w:t>El vídeo proporciona una manera eficaz para ayudarle a demostrar el punto. Cuando haga clic en Vídeo en línea, puede pegar el código para insertar del vídeo que desea agregar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8DC444" w14:textId="73CC29D6" w:rsidR="00607EE3" w:rsidRDefault="00607EE3" w:rsidP="009B77F3">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r>
@@ -2875,78 +2855,78 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>potenti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004307D4" w:rsidRPr="004307D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E07F761" w14:textId="03FDD68E" w:rsidR="005A43E3" w:rsidRDefault="009C0DFA" w:rsidP="00CD187A">
       <w:pPr>
         <w:pStyle w:val="Citalarga"/>
       </w:pPr>
       <w:r w:rsidRPr="002555EC">
-        <w:lastRenderedPageBreak/>
         <w:t>Ejemplo de cita larga. Puede contener cursivas si es necesario.</w:t>
       </w:r>
       <w:r w:rsidR="000C5EDB" w:rsidRPr="002555EC">
         <w:t xml:space="preserve"> Recomendamos seguir las normas APA 7ª Edición.</w:t>
       </w:r>
       <w:r w:rsidRPr="002555EC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A43E3" w:rsidRPr="00FA51E8">
         <w:t>Haga clic en Insertar y elija los elementos que desee de las distintas galerías.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A43E3" w:rsidRPr="00FA51E8">
         <w:t xml:space="preserve">Los temas y estilos también ayudan a mantener su documento coordinado. Cuando haga clic en Diseño y seleccione un tema nuevo, cambiarán las imágenes, gráficos y gráficos SmartArt para que coincidan con el nuevo tema. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5367F716" w14:textId="77777777" w:rsidR="006E2418" w:rsidRDefault="006E2418" w:rsidP="006E2418">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="0"/>
           <w14:numForm w14:val="default"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Donec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>viverra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>massa</w:t>
@@ -3117,65 +3097,51 @@
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>felis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nisl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> auctor tempus in vitae nisi. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> auctor tempus in vitae nisi. Orci </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>varius</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>natoque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
@@ -3229,65 +3195,51 @@
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nascetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ridiculus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mus. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> mus. Mauris </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bibendum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>neque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
@@ -4385,65 +4337,51 @@
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>volutpat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Maecenas vel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. Donec </w:t>
+        <w:t xml:space="preserve"> nunc. Donec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>eget</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ornare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006E2418">
         <w:rPr>
@@ -6006,58 +5944,61 @@
     </w:tbl>
     <w:p w14:paraId="5ACE145E" w14:textId="4132934E" w:rsidR="00D0381D" w:rsidRPr="00987CB5" w:rsidRDefault="0015066B" w:rsidP="00987CB5">
       <w:r w:rsidRPr="008F3F8E">
         <w:t>Para cambiar la forma en que se ajusta una imagen en el documento, haga clic y aparecerá un botón de opciones de diseño junto a la imagen. Cuando trabaje en una tabla, haga clic donde desee agregar una fila o columna y, a continuación, haga clic en el signo más.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5327AEAC" w14:textId="6A129411" w:rsidR="0015066B" w:rsidRPr="006E2418" w:rsidRDefault="0015066B" w:rsidP="00C93974">
       <w:pPr>
         <w:spacing w:before="0" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>El vídeo proporciona una manera eficaz para ayudarle a demostrar el punto. Cuando haga clic en Vídeo en línea, puede pegar el código para insertar del vídeo que desea agregar. También puede escribir una palabra clave para buscar en línea el vídeo que mejor se adapte a su documento.</w:t>
       </w:r>
       <w:r w:rsidR="004307D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Para otorgar a su documento un aspecto profesional, Word proporciona encabezados, pies de página, páginas de portada y diseños de cuadro de texto que se complementan entre sí. Por ejemplo, puede agregar una portada coincidente, el encabezado y la barra lateral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BFEFFD9" w14:textId="3ED89F36" w:rsidR="0015066B" w:rsidRDefault="0015066B" w:rsidP="0015066B">
       <w:r>
+        <w:t>Haga clic en Insertar y elija los elementos que desee de las distintas galerías.</w:t>
+      </w:r>
+      <w:r w:rsidR="004307D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Los temas y estilos también ayudan a mantener su documento coordinado. Cuando haga clic en Diseño y seleccione un tema nuevo, cambiarán las imágenes, gráficos y gráficos SmartArt para que coincidan con el </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Haga clic en Insertar y elija los elementos que desee de las distintas galerías.</w:t>
-[...5 lines deleted...]
-        <w:t>Los temas y estilos también ayudan a mantener su documento coordinado. Cuando haga clic en Diseño y seleccione un tema nuevo, cambiarán las imágenes, gráficos y gráficos SmartArt para que coincidan con el nuevo tema. Al aplicar los estilos, los títulos cambian para coincidir con el nuevo tema. Ahorre tiempo en Word con nuevos botones que se muestran donde se necesiten.</w:t>
+        <w:t>nuevo tema. Al aplicar los estilos, los títulos cambian para coincidir con el nuevo tema. Ahorre tiempo en Word con nuevos botones que se muestran donde se necesiten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1760C026" w14:textId="32871763" w:rsidR="004307D4" w:rsidRDefault="00CE0F4B" w:rsidP="00721EBE">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00721EBE" w:rsidRPr="00721EBE">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00721EBE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004307D4">
         <w:t>resultados</w:t>
       </w:r>
     </w:p>
@@ -6211,65 +6152,62 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>dejó la</w:t>
       </w:r>
       <w:r w:rsidR="0015066B" w:rsidRPr="000147CF">
         <w:t xml:space="preserve"> lectura, incluso en otros dispositivos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740C7DA7" w14:textId="45BFE6AC" w:rsidR="00CE0F4B" w:rsidRDefault="002A43CD" w:rsidP="002A43CD">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="002A43CD">
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE0F4B">
         <w:t>discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62018649" w14:textId="77777777" w:rsidR="002A43CD" w:rsidRDefault="002A43CD" w:rsidP="002A43CD">
       <w:r>
-        <w:t xml:space="preserve">Haga clic en Insertar y elija los elementos que desee de las distintas galerías. Los temas y estilos también ayudan a mantener su documento coordinado. Cuando haga clic en Diseño y seleccione un tema </w:t>
-[...3 lines deleted...]
-        <w:t>nuevo, cambiarán las imágenes, gráficos y gráficos SmartArt para que coincidan con el nuevo tema. Al aplicar los estilos, los títulos cambian para coincidir con el nuevo tema. Ahorre tiempo en Word con nuevos botones que se muestran donde se necesiten.</w:t>
+        <w:t>Haga clic en Insertar y elija los elementos que desee de las distintas galerías. Los temas y estilos también ayudan a mantener su documento coordinado. Cuando haga clic en Diseño y seleccione un tema nuevo, cambiarán las imágenes, gráficos y gráficos SmartArt para que coincidan con el nuevo tema. Al aplicar los estilos, los títulos cambian para coincidir con el nuevo tema. Ahorre tiempo en Word con nuevos botones que se muestran donde se necesiten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568F694A" w14:textId="337BD443" w:rsidR="004307D4" w:rsidRDefault="00721EBE" w:rsidP="00721EBE">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00721EBE">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004307D4">
         <w:t xml:space="preserve">conclusiones </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5C509D" w14:textId="0596EC15" w:rsidR="0015066B" w:rsidRDefault="0015066B" w:rsidP="001A7AD8">
       <w:r>
         <w:t>El vídeo proporciona una manera eficaz para ayudarle a demostrar el punto. Cuando haga clic en Vídeo en línea, puede pegar el código para insertar del vídeo que desea agregar. También puede escribir una palabra clave para buscar en línea el vídeo que mejor se adapte a su documento.</w:t>
       </w:r>
       <w:r w:rsidR="00280126">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Para otorgar a su documento un aspecto profesional, Word proporciona encabezados, pies de página, páginas de portada y diseños de cuadro de texto que se complementan entre sí. Por ejemplo, puede agregar una portada coincidente, el encabezado y la barra lateral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5733CD" w14:textId="1FABB86C" w:rsidR="002F3733" w:rsidRDefault="00721EBE" w:rsidP="00721EBE">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00721EBE">
@@ -6313,63 +6251,51 @@
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="008B6A98">
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:r w:rsidR="002F3733" w:rsidRPr="008B6A98">
         <w:t>Referencias</w:t>
       </w:r>
       <w:r w:rsidR="005417EB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005417EB" w:rsidRPr="00D065D6">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BF50C0" w:rsidRPr="00D065D6">
         <w:t xml:space="preserve">si se usan </w:t>
       </w:r>
       <w:r w:rsidR="00BF50C0" w:rsidRPr="00987CB5">
         <w:t>enlaces</w:t>
       </w:r>
       <w:r w:rsidR="00BF50C0" w:rsidRPr="00D065D6">
         <w:t xml:space="preserve"> emplear el servicio </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00BF50C0" w:rsidRPr="00D065D6">
-          <w:t>https://bi</w:t>
-[...11 lines deleted...]
-          <w:t>m/</w:t>
+          <w:t>https://bitly.com/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BF50C0" w:rsidRPr="00D065D6">
         <w:t xml:space="preserve"> para acortarlos o enlaces </w:t>
       </w:r>
       <w:r w:rsidR="00D36F76" w:rsidRPr="00D065D6">
         <w:t>DOI</w:t>
       </w:r>
       <w:r w:rsidR="00BF50C0" w:rsidRPr="00D065D6">
         <w:t xml:space="preserve"> o equivalentes)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4310D3" w14:textId="77777777" w:rsidR="009E664A" w:rsidRPr="00954032" w:rsidRDefault="009E664A" w:rsidP="009C304F">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:rPr>
           <w:rStyle w:val="14Versalitas"/>
           <w:smallCaps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:rStyle w:val="14Versalitas"/>
           <w:smallCaps w:val="0"/>
         </w:rPr>
@@ -6679,388 +6605,367 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:rStyle w:val="14Versalitas"/>
           <w:smallCaps w:val="0"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Han</w:t>
       </w:r>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, K. (2002). </w:t>
       </w:r>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sin </w:t>
+        <w:t xml:space="preserve">Sin Chaeho and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nationalist Discourses in East Asia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Sungkyunkwan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECDB43E" w14:textId="39FB29FB" w:rsidR="009E664A" w:rsidRPr="00954032" w:rsidRDefault="009E664A" w:rsidP="009C304F">
+      <w:pPr>
+        <w:pStyle w:val="Bibliografa"/>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:rStyle w:val="14Versalitas"/>
+          <w:smallCaps w:val="0"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Kim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J. (2018). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Chaeho</w:t>
+        </w:rPr>
+        <w:t>Eurocentrism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Sungkyunkwan</w:t>
+        <w:t>Korea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>. Routledge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECDB43E" w14:textId="39FB29FB" w:rsidR="009E664A" w:rsidRPr="00954032" w:rsidRDefault="009E664A" w:rsidP="009C304F">
+    <w:p w14:paraId="12063356" w14:textId="5B46D7F2" w:rsidR="009E664A" w:rsidRPr="00954032" w:rsidRDefault="009E664A" w:rsidP="009C304F">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:rStyle w:val="14Versalitas"/>
           <w:smallCaps w:val="0"/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
+          <w:rStyle w:val="14Versalitas"/>
+          <w:smallCaps w:val="0"/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lee</w:t>
+      </w:r>
       <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J. (2004). </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="dev_node_title"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reading National Heroes from Fantasy: Shin Chae-ho’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Dream Heaven</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00954032">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6A98" w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of Korean </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:highlight w:val="white"/>
-        </w:rPr>
-        <w:t>. Routledge</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 165-186</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. The Academy of Korean Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12063356" w14:textId="5B46D7F2" w:rsidR="009E664A" w:rsidRPr="00954032" w:rsidRDefault="009E664A" w:rsidP="009C304F">
+    <w:p w14:paraId="37ACD5E9" w14:textId="7506E12E" w:rsidR="002A43CD" w:rsidRPr="00954032" w:rsidRDefault="009E664A" w:rsidP="00954032">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:rStyle w:val="14Versalitas"/>
           <w:smallCaps w:val="0"/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>Panikkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00954032">
         <w:rPr>
-          <w:rStyle w:val="14Versalitas"/>
-          <w:smallCaps w:val="0"/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Lee</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. (2017). </w:t>
       </w:r>
       <w:r w:rsidRPr="00954032">
-        <w:rPr>
-[...32 lines deleted...]
-      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005A6174" w:rsidRPr="00954032">
+        </w:rPr>
+        <w:t>La experiencia filosófica de la India</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954032">
         <w:rPr>
           <w:highlight w:val="white"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00954032">
-        <w:rPr>
-[...74 lines deleted...]
-        <w:pStyle w:val="Bibliografa"/>
         <w:rPr>
           <w:highlight w:val="white"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-      </w:pPr>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>Trotta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3CFCD5" w14:textId="7F77F2DC" w:rsidR="008B6A98" w:rsidRPr="00A14637" w:rsidRDefault="008B6A98" w:rsidP="008B6A98">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A14637">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pautas para la elaboración de las </w:t>
       </w:r>
       <w:r w:rsidR="00CE0F4B" w:rsidRPr="00A14637">
         <w:t>Referencias bibliográficas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CBDCA74" w14:textId="77777777" w:rsidR="00833AD9" w:rsidRDefault="00CE0F4B" w:rsidP="00C302E3">
       <w:r w:rsidRPr="00A14637">
         <w:t>Se seguirá</w:t>
       </w:r>
       <w:r w:rsidR="009C304F" w:rsidRPr="00A14637">
         <w:t xml:space="preserve">n las normas APA 7ª edición. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A14637">
         <w:t xml:space="preserve">La lista de Referencias Bibliográficas estará por orden alfabético según los apellidos. </w:t>
       </w:r>
       <w:r w:rsidR="008B6A98" w:rsidRPr="00A14637">
         <w:t>Se aplicará el estilo “referencias”</w:t>
       </w:r>
       <w:r w:rsidR="00A14637">
         <w:t xml:space="preserve">. Puede consultar </w:t>
       </w:r>
       <w:r w:rsidR="00833AD9">
         <w:t xml:space="preserve">las normas en el siguiente enlace: </w:t>
       </w:r>
@@ -7183,266 +7088,270 @@
     <wne:acd wne:argValue="AgBBAHUAdABvAHIA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBBAGQAcwBjAHIAaQBwAGMAaQDzAG4A" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBOAG8AcgBtAGEAbAA7ADAAMAAuACAATgBvAHIAbQBhAGwA" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBOAG8AdABhACAAYQBsACAAcABpAGUA" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd9" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd10" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd11" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBDAGkAdABhACAAbABhAHIAZwBhAA==" wne:acdName="acd12" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBMAGkAcwB0AGEAZABvAA==" wne:acdName="acd13" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBMAGkAcwB0AGEAZABvACAAYQBqAHUAcwB0AGEAZABvAA==" wne:acdName="acd14" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBGAGkAZwB1AHIAYQBzAA==" wne:acdName="acd15" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:acdName="acd16" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBMAGkAcwB0AGEAZABvACAAbgD6AG0AZQByAG8AcwA=" wne:acdName="acd17" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBMAGkAcwB0AGEAZABvACAAbABlAHQAcgBhAHMA" wne:acdName="acd18" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBuAGUAZwByAGkAdABhAA==" wne:acdName="acd19" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:acdName="acd20" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBQAGkAZQAgAGQAZQAgAGYAbwB0AG8ALwB0AGEAYgBsAGEA" wne:acdName="acd21" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FBDD8D6" w14:textId="77777777" w:rsidR="00CA4474" w:rsidRDefault="00CA4474" w:rsidP="00EB0247">
+    <w:p w14:paraId="53A531B3" w14:textId="77777777" w:rsidR="00A61360" w:rsidRDefault="00A61360" w:rsidP="00EB0247">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0047CF0A" w14:textId="77777777" w:rsidR="00CA4474" w:rsidRDefault="00CA4474" w:rsidP="00EB0247">
+    <w:p w14:paraId="0C61F270" w14:textId="77777777" w:rsidR="00A61360" w:rsidRDefault="00A61360" w:rsidP="00EB0247">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Garamond Pro">
-    <w:panose1 w:val="02020502060506020403"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Crimson Text">
-    <w:panose1 w:val="02000503000000000000"/>
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000043" w:usb1="00000062" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Cuerpo en alfa">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Títulos en alf">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CRIMSON PRO SEMIBOLD ROMAN">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E04B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Quattrocento Sans">
     <w:panose1 w:val="020B0502050000020003"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CRIMSON PRO MEDIUM ROMAN">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E04B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font990">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="D000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:panose1 w:val="02040503050201020203"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Crimson Pro Medium Italic">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E04B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AppleSystemUIFont">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CrimsonPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CRIMSON PRO REGULAR ROMAN">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E04B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CRIMSON PRO BOLD ITALIC">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="5000E04B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-2102783009"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="528DD684" w14:textId="7F0D6E83" w:rsidR="00182A33" w:rsidRDefault="00182A33" w:rsidP="00F47061">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
@@ -7684,61 +7593,61 @@
         <w:bCs/>
         <w:color w:val="EB7613"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>|</w:t>
     </w:r>
     <w:r w:rsidR="00182A33">
       <w:rPr>
         <w:rFonts w:ascii="Quattrocento Sans" w:hAnsi="Quattrocento Sans" w:cs="Quattrocento Sans"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="EB7613"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F67CCAD" w14:textId="77777777" w:rsidR="00CA4474" w:rsidRDefault="00CA4474" w:rsidP="00EB0247">
+    <w:p w14:paraId="7314AB55" w14:textId="77777777" w:rsidR="00A61360" w:rsidRDefault="00A61360" w:rsidP="00EB0247">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67B96BBD" w14:textId="77777777" w:rsidR="00CA4474" w:rsidRDefault="00CA4474" w:rsidP="00EB0247">
+    <w:p w14:paraId="75B7BCFB" w14:textId="77777777" w:rsidR="00A61360" w:rsidRDefault="00A61360" w:rsidP="00EB0247">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="07C3F3BE" w14:textId="46D2897F" w:rsidR="009E664A" w:rsidRDefault="009E664A" w:rsidP="00477173">
       <w:pPr>
         <w:pStyle w:val="Notaalpie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00643EB5">
         <w:t xml:space="preserve">Si tiene que añadir enlaces a una nota al pie o en cualquier parte del texto es obligatorio usar un acortador de enlaces. Recomendado </w:t>
       </w:r>
@@ -10650,51 +10559,51 @@
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="729547055">
     <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="450830772">
     <w:abstractNumId w:val="30"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="630863333">
     <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="182"/>
+  <w:zoom w:percent="152"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10722,52 +10631,54 @@
     <w:rsid w:val="001468AC"/>
     <w:rsid w:val="0015066B"/>
     <w:rsid w:val="00182667"/>
     <w:rsid w:val="00182A33"/>
     <w:rsid w:val="0018654D"/>
     <w:rsid w:val="001950D8"/>
     <w:rsid w:val="00197D57"/>
     <w:rsid w:val="001A7AD8"/>
     <w:rsid w:val="00242EFB"/>
     <w:rsid w:val="002433EC"/>
     <w:rsid w:val="00254F0F"/>
     <w:rsid w:val="002555EC"/>
     <w:rsid w:val="00280126"/>
     <w:rsid w:val="00281564"/>
     <w:rsid w:val="00285B53"/>
     <w:rsid w:val="002A2908"/>
     <w:rsid w:val="002A43CD"/>
     <w:rsid w:val="002A443F"/>
     <w:rsid w:val="002B6A68"/>
     <w:rsid w:val="002C2DDD"/>
     <w:rsid w:val="002C5703"/>
     <w:rsid w:val="002D23FB"/>
     <w:rsid w:val="002D268C"/>
     <w:rsid w:val="002F079D"/>
     <w:rsid w:val="002F3733"/>
+    <w:rsid w:val="003348D5"/>
     <w:rsid w:val="00334A6B"/>
     <w:rsid w:val="003512A0"/>
+    <w:rsid w:val="00363B56"/>
     <w:rsid w:val="0036696A"/>
     <w:rsid w:val="00375999"/>
     <w:rsid w:val="0039591A"/>
     <w:rsid w:val="003A59FC"/>
     <w:rsid w:val="003C4D9F"/>
     <w:rsid w:val="003E66FB"/>
     <w:rsid w:val="00422CDA"/>
     <w:rsid w:val="00425905"/>
     <w:rsid w:val="004307D4"/>
     <w:rsid w:val="00437ED3"/>
     <w:rsid w:val="0044345A"/>
     <w:rsid w:val="00471D51"/>
     <w:rsid w:val="00475EBA"/>
     <w:rsid w:val="00477173"/>
     <w:rsid w:val="004819D7"/>
     <w:rsid w:val="004842F0"/>
     <w:rsid w:val="00484413"/>
     <w:rsid w:val="00493A17"/>
     <w:rsid w:val="004C0202"/>
     <w:rsid w:val="004D0180"/>
     <w:rsid w:val="004D6B20"/>
     <w:rsid w:val="004F6EF5"/>
     <w:rsid w:val="00501990"/>
     <w:rsid w:val="00512E11"/>
     <w:rsid w:val="00515FDC"/>
@@ -10820,50 +10731,51 @@
     <w:rsid w:val="0091337D"/>
     <w:rsid w:val="009171C1"/>
     <w:rsid w:val="00920563"/>
     <w:rsid w:val="00931B50"/>
     <w:rsid w:val="009477E3"/>
     <w:rsid w:val="00954032"/>
     <w:rsid w:val="00962592"/>
     <w:rsid w:val="009847F6"/>
     <w:rsid w:val="00987CB5"/>
     <w:rsid w:val="009A336B"/>
     <w:rsid w:val="009A6897"/>
     <w:rsid w:val="009B77F3"/>
     <w:rsid w:val="009C0DFA"/>
     <w:rsid w:val="009C304F"/>
     <w:rsid w:val="009C657C"/>
     <w:rsid w:val="009D0814"/>
     <w:rsid w:val="009D4514"/>
     <w:rsid w:val="009E3550"/>
     <w:rsid w:val="009E57DF"/>
     <w:rsid w:val="009E664A"/>
     <w:rsid w:val="009F5F74"/>
     <w:rsid w:val="00A14637"/>
     <w:rsid w:val="00A206F1"/>
     <w:rsid w:val="00A50A67"/>
     <w:rsid w:val="00A5236A"/>
+    <w:rsid w:val="00A61360"/>
     <w:rsid w:val="00A72F19"/>
     <w:rsid w:val="00A82BB4"/>
     <w:rsid w:val="00AA0746"/>
     <w:rsid w:val="00AD626C"/>
     <w:rsid w:val="00AF142C"/>
     <w:rsid w:val="00AF5DDF"/>
     <w:rsid w:val="00AF751E"/>
     <w:rsid w:val="00B0717D"/>
     <w:rsid w:val="00B43B63"/>
     <w:rsid w:val="00B57A4E"/>
     <w:rsid w:val="00B60DF4"/>
     <w:rsid w:val="00B74EC5"/>
     <w:rsid w:val="00B83E97"/>
     <w:rsid w:val="00BA4FD5"/>
     <w:rsid w:val="00BB38AC"/>
     <w:rsid w:val="00BD7178"/>
     <w:rsid w:val="00BE1FFC"/>
     <w:rsid w:val="00BE3D2B"/>
     <w:rsid w:val="00BE5F2C"/>
     <w:rsid w:val="00BF45D1"/>
     <w:rsid w:val="00BF50C0"/>
     <w:rsid w:val="00C11DE9"/>
     <w:rsid w:val="00C21F8C"/>
     <w:rsid w:val="00C302E3"/>
     <w:rsid w:val="00C30BA1"/>
@@ -11438,50 +11350,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Car"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00063421"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -11925,53 +11838,50 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablanormal2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Tablabsica1"/>
     <w:uiPriority w:val="42"/>
     <w:locked/>
     <w:rsid w:val="00E05E1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-ES"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12341,51 +12251,51 @@
     <w:rsid w:val="000A49D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Quattrocento Sans" w:hAnsi="Quattrocento Sans" w:cs="Times New Roman (Cuerpo en alfa"/>
       <w:i w:val="0"/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:spacing w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl"/>
       <w14:numForm w14:val="oldStyle"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
     <w:name w:val="Mención sin resolver1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00477173"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="003512A0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="009E664A"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="0" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
@@ -13349,74 +13259,74 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C49E198-35FD-43DB-92D1-7AB982E3D5C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>E:\01_LIBROS_PENDIENTES\plantilla3.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13526</Characters>
+  <Pages>7</Pages>
+  <Words>2458</Words>
+  <Characters>13522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>112</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager>EGREGIUS-TPL-DOC-ADMIN</Manager>
   <Company>EGREGIUS-TPL-DOC-FINAL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15954</CharactersWithSpaces>
+  <CharactersWithSpaces>15949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Asunto</dc:subject>
   <dc:creator>Egregius</dc:creator>
   <cp:keywords>Etiqueta</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Categoria</cp:category>
   <cp:contentStatus>Estado</cp:contentStatus>
 </cp:coreProperties>
 </file>